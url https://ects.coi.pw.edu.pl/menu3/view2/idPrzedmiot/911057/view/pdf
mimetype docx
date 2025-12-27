--- v0 (2025-10-29)
+++ v1 (2025-12-27)
@@ -1180,51 +1180,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U12, LiK2_U15</w:t>
+        <w:t xml:space="preserve">LiK2_U12, LiK2_U15, LiK2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>