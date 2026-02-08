--- v1 (2025-12-27)
+++ v2 (2026-02-08)
@@ -1180,51 +1180,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U12, LiK2_U15, LiK2_U01</w:t>
+        <w:t xml:space="preserve">LiK2_U15, LiK2_U01, LiK2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>