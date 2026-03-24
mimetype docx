--- v2 (2026-02-08)
+++ v3 (2026-03-24)
@@ -750,481 +750,481 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W16, LiK2_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK327_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę o właściwościach, wadach i zaletach paliw alternatywnych, głównie w zastosowaniach  lotniczych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W14, LiK2_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK327_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę na temat właściwości wodoru i możliwości jego wykorzystania w lotnictwie.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W15, LiK2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK327_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK327_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student posiada wiedzę o właściwościach, wadach i zaletach paliw alternatywnych, głównie w zastosowaniach  lotniczych.							</w:t>
+        <w:t xml:space="preserve">							Student posiada wiedzę dotyczącą wykorzystania napędu elektrycznego w lotnictwie.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W14, LiK2_W16</w:t>
+        <w:t xml:space="preserve">LiK2_W15, LiK2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK327_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK327_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student posiada wiedzę na temat właściwości wodoru i możliwości jego wykorzystania w lotnictwie.							</w:t>
+        <w:t xml:space="preserve">							Student posiada podstawową wiedzę o napędach lotniczych opartych na spalaniu detonacyjnym.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W08, LiK2_W15, LiK2_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK327_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę o nietypowych, rzadko stosowanych lub nowatorskich rozwiązaniach napędów lotniczych.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W15, LiK2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK327_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK327_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student posiada wiedzę dotyczącą wykorzystania napędu elektrycznego w lotnictwie.						</w:t>
+        <w:t xml:space="preserve">							Student posiada umiejętność określenia wpływu wykorzystania paliw alternatywnych i wodoru na konstrukcję zespołu napędowego i statku powietrznego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W15, LiK2_W16</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U15, LiK2_U01, LiK2_U12</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U12, LiK2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>