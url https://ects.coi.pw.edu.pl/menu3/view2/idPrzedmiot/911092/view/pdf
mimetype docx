--- v0 (2025-11-02)
+++ v1 (2025-12-26)
@@ -896,121 +896,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie kolokwium teoretycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W02, MiBM2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS750_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">								Ma podstawową wiedzę o metodach analitycznych służących do wyznaczania obciążeń krytycznych i częstości drgań własnych dla prostych płyt prostokątnych, powłok walcowych ściskanych, skręcanych i ścinanych oraz metodzie energetycznej i elementów skończonych pozwalających określać obciążenia krytyczne i częstości drgań własnych dla złożonych struktur. 																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie kolokwium zadaniowego i pracy studenta w ramach laboratorium MES-ANSYS, ocena zadań domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W07, MiBM2_W02</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_W02, MiBM2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>