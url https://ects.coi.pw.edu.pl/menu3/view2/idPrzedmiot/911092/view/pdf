--- v1 (2025-12-26)
+++ v2 (2026-01-13)
@@ -966,51 +966,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie kolokwium zadaniowego i pracy studenta w ramach laboratorium MES-ANSYS, ocena zadań domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W07, MiBM2_W02</w:t>
+        <w:t xml:space="preserve">MiBM2_W02, MiBM2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>