--- v0 (2025-10-28)
+++ v1 (2025-12-25)
@@ -879,51 +879,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę dotyczącą podstawowych algorytmów sztucznej inteligencji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1144,51 +1144,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W07, AiR2_W01, AiR2_W10</w:t>
+        <w:t xml:space="preserve">AiR2_W01, AiR2_W10, AiR2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1434,137 +1434,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12, AiR2_U18, AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.o, I.P7S_UW.o, P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zbudować prostą bazę wiedzy w logice pierwszego rzędu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">prace domowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U06, AiR2_U12, AiR2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi rozwiązać zadanie wnioskowania probabilistycznego z użyciem sieci Bayesa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>