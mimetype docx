--- v1 (2025-12-25)
+++ v2 (2026-02-09)
@@ -1003,51 +1003,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W01, AiR2_W10, AiR2_W07</w:t>
+        <w:t xml:space="preserve">AiR2_W10, AiR2_W07, AiR2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1160,51 +1160,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W01, AiR2_W10, AiR2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę na temat roli uczenia w sztucznej inteligencji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1284,51 +1284,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W01, AiR2_W10, AiR2_W07</w:t>
+        <w:t xml:space="preserve">AiR2_W10, AiR2_W07, AiR2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1434,207 +1434,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12, AiR2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zbudować prostą bazę wiedzy w logice pierwszego rzędu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">prace domowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12, AiR2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozwiązać zadanie wnioskowania probabilistycznego z użyciem sieci Bayesa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">prace domowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U12, AiR2_U18, AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, I.P7S_UW.o, P7U_U</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi rozwiązać zadanie uczenia ze wzmocnieniem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>