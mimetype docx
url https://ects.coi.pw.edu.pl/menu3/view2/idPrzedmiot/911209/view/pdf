--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -949,51 +949,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W01, AiR2_W10, AiR2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę dotyczącą zastosowań logiki w sztucznej inteligencji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1003,51 +1003,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W10, AiR2_W07, AiR2_W01</w:t>
+        <w:t xml:space="preserve">AiR2_W01, AiR2_W10, AiR2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1230,411 +1230,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W01, AiR2_W10, AiR2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę na temat zastosowań sztucznej inteligencji, w tym w mechanice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">prace domowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W01, AiR2_W10, AiR2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW8: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę na temat zastosowań sztucznej inteligencji, w tym w mechanice.</w:t>
+        <w:t xml:space="preserve">Student ma wiedzę na temat aspektów filozoficznych i etycznych sztucznej inteligencji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W10, AiR2_W07, AiR2_W01</w:t>
+        <w:t xml:space="preserve">AiR2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW9: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę na temat aspektów filozoficznych i etycznych sztucznej inteligencji.</w:t>
+        <w:t xml:space="preserve">Student potrafi rozwiązać zadanie wnioskowania w logice pierwszego rzędu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W02</w:t>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12, AiR2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi rozwiązać zadanie wnioskowania w logice pierwszego rzędu.</w:t>
+        <w:t xml:space="preserve">Student potrafi zbudować prostą bazę wiedzy w logice pierwszego rzędu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12, AiR2_U18, AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozwiązać zadanie wnioskowania probabilistycznego z użyciem sieci Bayesa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">prace domowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U06, AiR2_U12, AiR2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi rozwiązać zadanie uczenia ze wzmocnieniem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>