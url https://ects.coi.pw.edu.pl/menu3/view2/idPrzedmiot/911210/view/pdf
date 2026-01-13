--- v1 (2026-01-12)
+++ v2 (2026-01-13)
@@ -1278,51 +1278,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS661_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi wskazać przykład zastosowania manipulatora równoległego np. w konstrukcji symulatora lotu lub w superszybkich robotach do obsługi operacji technologicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>