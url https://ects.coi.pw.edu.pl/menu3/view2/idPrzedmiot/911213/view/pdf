--- v0 (2025-11-01)
+++ v1 (2026-02-09)
@@ -841,67 +841,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian zaliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W12, AiR2_W11</w:t>
+        <w:t xml:space="preserve">AiR2_W11, AiR2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma poszerzoną i pogłębioną wiedzę w zakresie zagadnień dotyczących współpracy robotów oraz kooperacji z człowiekiem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -911,51 +911,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian zaliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W02, AiR2_W11, AiR2_W12</w:t>
+        <w:t xml:space="preserve">AiR2_W12, AiR2_W02, AiR2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>