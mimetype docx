--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -911,67 +911,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian zaliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W12, AiR2_W02, AiR2_W11</w:t>
+        <w:t xml:space="preserve">AiR2_W02, AiR2_W11, AiR2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma poszerzoną i pogłębioną wiedzę o maszynach kroczących, mikrorobotach i o kierunkach prac badawczych w zakresie robotyki. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>