--- v0 (2025-10-09)
+++ v1 (2025-11-03)
@@ -920,67 +920,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie końcowe w formie testu. Prezentacja projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U02, AiR2_U19</w:t>
+        <w:t xml:space="preserve">AiR2_U19, AiR2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW144_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">														Zna retoryczne elementy prezentacji i potrafi wykorzystać je podczas spotkań z dziennikarzami (konferencje prasowe).
 																																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1142,67 +1142,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie końcowe w formie testu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_K03, AiR2_K01</w:t>
+        <w:t xml:space="preserve">AiR2_K01, AiR2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW144_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">																					Ma przekonanie o sensie, wartości i potrzebie podejmowania działań w zakresie Public Relations, w organizacji.
 																																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>