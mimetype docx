--- v1 (2025-11-03)
+++ v2 (2025-12-27)
@@ -920,67 +920,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie końcowe w formie testu. Prezentacja projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U19, AiR2_U02</w:t>
+        <w:t xml:space="preserve">AiR2_U02, AiR2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW144_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">														Zna retoryczne elementy prezentacji i potrafi wykorzystać je podczas spotkań z dziennikarzami (konferencje prasowe).
 																																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>