--- v2 (2025-12-27)
+++ v3 (2026-01-08)
@@ -936,51 +936,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U02, AiR2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW144_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">														Zna retoryczne elementy prezentacji i potrafi wykorzystać je podczas spotkań z dziennikarzami (konferencje prasowe).
 																																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>