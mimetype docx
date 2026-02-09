--- v3 (2026-01-08)
+++ v4 (2026-02-09)
@@ -936,51 +936,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U02, AiR2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW144_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">														Zna retoryczne elementy prezentacji i potrafi wykorzystać je podczas spotkań z dziennikarzami (konferencje prasowe).
 																																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1007,51 +1007,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U01, AiR2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW144_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Posiada umiejętności identyfikacji działań zmierzających do kreowania wizerunku osoby i organizacji w mediach.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>