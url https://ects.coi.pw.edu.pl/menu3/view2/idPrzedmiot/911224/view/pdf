--- v0 (2025-11-01)
+++ v1 (2025-12-27)
@@ -923,67 +923,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie pisemnej w postaci oceny 3 obowiązkowych wypowiedzi pisemnych oraz postawy studenta na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_K02, AiR2_K03</w:t>
+        <w:t xml:space="preserve">AiR2_K03, AiR2_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KK, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW144_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">														Student rozumie potrzebę formułowania i przekazywania społeczeństwu, w szczególności przez środki masowego przekazu,  informacji i opinii dotyczących osiągnięć dotyczących techniki i innych aspektów działalności inżynierskiej. 																									</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>