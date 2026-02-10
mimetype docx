--- v1 (2025-12-27)
+++ v2 (2026-02-10)
@@ -923,67 +923,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie pisemnej w postaci oceny 3 obowiązkowych wypowiedzi pisemnych oraz postawy studenta na zajęciach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_K03, AiR2_K02</w:t>
+        <w:t xml:space="preserve">AiR2_K02, AiR2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K, I.P7S_KO, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KO, I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW144_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">														Student rozumie potrzebę formułowania i przekazywania społeczeństwu, w szczególności przez środki masowego przekazu,  informacji i opinii dotyczących osiągnięć dotyczących techniki i innych aspektów działalności inżynierskiej. 																									</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>