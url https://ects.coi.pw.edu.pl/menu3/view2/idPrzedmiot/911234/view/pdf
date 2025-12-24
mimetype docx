--- v0 (2025-11-02)
+++ v1 (2025-12-24)
@@ -764,105 +764,175 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wstępny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę na temat sposobów pomiaru temperatury, prędkości i ciśnienia w warunkach ustalonych oraz zna budowę podstawowych przyrządów używanych do tego celu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian wstępny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę na temat sposobów pomiaru temperatury, prędkości i ciśnienia w warunkach ustalonych oraz zna budowę podstawowych przyrządów używanych do tego celu.</w:t>
+        <w:t xml:space="preserve"> Zna metody wizualizacji pól temperatury i prędkości.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian wstępny.</w:t>
+        <w:t xml:space="preserve">	Sprawdzian wstępny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -904,87 +974,87 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Sprawdzian wstępny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01</w:t>
+        <w:t xml:space="preserve">MiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Zna metody wizualizacji pól temperatury i prędkości.</w:t>
+        <w:t xml:space="preserve">Rozumie ogólne zasady wykonywania pomiarów cieplnych w stanie ustalonym i nieustalonym. Zna podstawowe metody i przyrządy stosowane w badaniach wymiany ciepła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Sprawdzian wstępny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1003,58 +1073,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie ogólne zasady wykonywania pomiarów cieplnych w stanie ustalonym i nieustalonym. Zna podstawowe metody i przyrządy stosowane w badaniach wymiany ciepła.</w:t>
+        <w:t xml:space="preserve">Zna podstawową aparaturę stosowaną w badaniach przepływów nieustalonych oraz zna budowę podstawowych przyrządów używanych do tego celu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Sprawdzian wstępny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1065,180 +1135,180 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawową aparaturę stosowaną w badaniach przepływów nieustalonych oraz zna budowę podstawowych przyrządów używanych do tego celu.</w:t>
+        <w:t xml:space="preserve">Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	Sprawdzian wstępny.</w:t>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W05</w:t>
+        <w:t xml:space="preserve">MiBM2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U06</w:t>
+        <w:t xml:space="preserve">MiBM2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1264,191 +1334,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić zestaw przyrządów potrzebnych do pomiaru strumienia ciepła i współczynnika przejmowania ciepła</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić podstawowy zestaw przyrządów stosowanych do pomiaru właściwości cieplnych (w stanie ustalonym i nieustalonym). </w:t>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru i rejestracji szybkozmiennych ciśnień.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U12</w:t>
+        <w:t xml:space="preserve">MiBM2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić zestaw przyrządów potrzebnych do pomiaru strumienia ciepła i współczynnika przejmowania ciepła</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru i rejestracji szybkozmiennych ciśnień.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U08</w:t>
+        <w:t xml:space="preserve">MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1475,190 +1615,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U07</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>