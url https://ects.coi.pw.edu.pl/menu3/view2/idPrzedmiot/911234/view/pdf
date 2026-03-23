--- v1 (2025-12-24)
+++ v2 (2026-03-23)
@@ -1474,50 +1474,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK349_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru i rejestracji szybkozmiennych ciśnień.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1545,120 +1615,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U09</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>