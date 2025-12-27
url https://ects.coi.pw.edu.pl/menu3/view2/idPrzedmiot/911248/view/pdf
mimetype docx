--- v0 (2025-10-12)
+++ v1 (2025-12-27)
@@ -1460,191 +1460,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie  zadań domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć obciążenia krytyczne w prostych konstrukcjach prętowych metodą energetyczną.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  zadań domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK430_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie wyznaczyć obciążenia krytyczne w prostych konstrukcjach prętowych metodą energetyczną.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  zadań domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U09</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>