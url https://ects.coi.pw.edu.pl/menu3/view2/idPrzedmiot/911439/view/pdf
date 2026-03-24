--- v0 (2025-12-29)
+++ v1 (2026-03-24)
@@ -760,51 +760,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę z zakresu projektowania, budowy, modernizacji i eksploatacji sieci, instalacji i obiektów gospodarki wodnej, lub zaopatrzenia wodę i odprowadzania ścieków, lub inżynierii wodnej, lub COWIG lub gospodarki odpadami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>