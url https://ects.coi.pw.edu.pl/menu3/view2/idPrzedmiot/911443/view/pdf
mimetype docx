--- v0 (2025-10-10)
+++ v1 (2026-02-09)
@@ -977,51 +977,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zagadnienia przejmowania masy przy przepływie laminarnym i turbulentnym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1407,51 +1407,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opisać i obliczyć proste przypadki przejmowania masy przy przepływie laminarnym lub burzliwym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>