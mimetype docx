--- v1 (2026-02-09)
+++ v2 (2026-03-22)
@@ -1267,191 +1267,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobrać lub przeprowadzić obliczenia współczynników dyfuzji binarnej w gazach i cieczach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z całości materiału </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać lub przeprowadzić obliczenia współczynników dyfuzji binarnej w gazach i cieczach</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić obliczenia dyfuzji jednokierunkowej i równopolowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium pisemne z całości materiału </w:t>
+        <w:t xml:space="preserve">Kolokwium pisemne z całości materiału</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opisać i obliczyć proste przypadki przejmowania masy przy przepływie laminarnym lub burzliwym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>