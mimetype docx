--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -760,51 +760,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę z zakresu projektowania, budowy, modernizacji i eksploatacji instalacji wodociągowych i kanalizacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1050,51 +1050,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wybrać i zastosować odpowiednie materiały na urządzenia i instalacje stosowane w systemach wodociągowych i kanalizacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>