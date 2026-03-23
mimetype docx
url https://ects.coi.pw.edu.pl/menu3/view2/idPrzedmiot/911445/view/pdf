--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -1050,51 +1050,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wybrać i zastosować odpowiednie materiały na urządzenia i instalacje stosowane w systemach wodociągowych i kanalizacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1200,51 +1200,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość wagi pozatechnicznych aspektów i skutków działalności inżynierskiej, w tym jej wpływu na środowisko i związanej z tym odpowiedzialności za podejmowane decyzje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>