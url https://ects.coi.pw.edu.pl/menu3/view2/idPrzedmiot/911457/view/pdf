--- v0 (2025-10-30)
+++ v1 (2026-01-13)
@@ -1255,71 +1255,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U10, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotować stanowisko, przeprowadzić pomiary i sporządzić charakterystykę elementu nawiewnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdań z poszczególnych ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U10, IS_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przygotować stanowisko, przeprowadzić pomiary i sporządzić charakterystykę elementu nawiewnego.</w:t>
+        <w:t xml:space="preserve">Potrafi  przeprowadzić pomiary, dokonać odpowiednich obliczeń i sporządzić charakterystykę wentylatora.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań z poszczególnych ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1338,58 +1408,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi  przeprowadzić pomiary, dokonać odpowiednich obliczeń i sporządzić charakterystykę wentylatora.</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować urządzenia pomiarowe, wykonać pomiary i dokonać obliczeń w zakresie wyznaczania charakterystyki szczelności pomieszczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań z poszczególnych ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1408,178 +1478,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przygotować urządzenia pomiarowe, wykonać pomiary i dokonać obliczeń w zakresie wyznaczania charakterystyki szczelności pomieszczeń.</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować instalację i urządzenia do pomiaru szczelności, przeprowadzić pomiar i sporządzić raport końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań z poszczególnych ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U10, IS_U22</w:t>
+        <w:t xml:space="preserve">IS_U22, IS_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UO, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zidentyfikować elementy, dokonać obmiaru i sporządzić dokumentację rysunkowa istniejącej instalacji wentylacji i klimatyzacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>