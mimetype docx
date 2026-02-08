--- v1 (2026-01-13)
+++ v2 (2026-02-08)
@@ -1175,51 +1175,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1255,51 +1255,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U10, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować stanowisko, przeprowadzić pomiary i sporządzić charakterystykę elementu nawiewnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1535,51 +1535,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U22, IS_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zidentyfikować elementy, dokonać obmiaru i sporządzić dokumentację rysunkowa istniejącej instalacji wentylacji i klimatyzacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>