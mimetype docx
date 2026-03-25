--- v2 (2026-02-08)
+++ v3 (2026-03-25)
@@ -1175,51 +1175,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1465,121 +1465,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U10, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotować instalację i urządzenia do pomiaru szczelności, przeprowadzić pomiar i sporządzić raport końcowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdań z poszczególnych ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U10, IS_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UO, III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zidentyfikować elementy, dokonać obmiaru i sporządzić dokumentację rysunkowa istniejącej instalacji wentylacji i klimatyzacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>