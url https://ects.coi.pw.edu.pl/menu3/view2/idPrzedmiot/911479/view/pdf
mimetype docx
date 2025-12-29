--- v0 (2025-10-31)
+++ v1 (2025-12-29)
@@ -975,51 +975,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posługuje się poprawnie terminologią i nomenklaturą stosowaną w opisie zjawisk fizycznych chemicznych, biologicznych zachodzących w procesach typowych dla zaopatrzenia w wodę </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>