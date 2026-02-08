--- v1 (2025-12-29)
+++ v2 (2026-02-08)
@@ -905,121 +905,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wybrać i zastosować odpowiednie materiały na urządzenia w systemach wodociągowych terenów zurbanizowanych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykonanie i obrona projektu, egzamin z wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posługuje się poprawnie terminologią i nomenklaturą stosowaną w opisie zjawisk fizycznych chemicznych, biologicznych zachodzących w procesach typowych dla zaopatrzenia w wodę </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>