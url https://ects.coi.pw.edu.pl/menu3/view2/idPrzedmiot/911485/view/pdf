--- v0 (2025-10-07)
+++ v1 (2025-10-29)
@@ -875,51 +875,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W18, IS_W17</w:t>
+        <w:t xml:space="preserve">IS_W17, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1025,51 +1025,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U11, IS_U19</w:t>
+        <w:t xml:space="preserve">IS_U19, IS_U05, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1261,51 +1261,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość odpowiedzialnego pełnienia ról zawodowych z uwzględnieniem zmieniających się potrzeb społecznych, w tym rozwijania dorobku zawodowego oraz przestrzegania i rozwijania zasad etyki zawodowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>