--- v1 (2025-10-29)
+++ v2 (2026-03-24)
@@ -821,51 +821,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12, IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna ekonomiczne, prawne i etyczne uwarunkowania działalności przemysłowej w obszarze inżynierii środowiska, zna podstawowe zasady tworzenia i rozwoju form przedsiębiorczości, a także ma podstawową wiedzę związaną z tworzeniem i zarządzaniem projektami oraz transferem i komercjalizacją wiedzy - w zależności od profilu przedsiębiorstwa, w którym odbywane są praktyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -955,357 +955,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U07, IS_U20</w:t>
+        <w:t xml:space="preserve">IS_U20, IS_U05, IS_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi, przy rozwiązywaniu zadań inżynierskich, dostrzegać ich aspekty praktyczne w obszarze inżynierii sanitarnej i wodnej, potrafi wykonywać zadania  poprzez dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05, IS_U11, IS_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi, przy rozwiązywaniu zadań inżynierskich, dostrzegać ich aspekty praktyczne w obszarze inżynierii sanitarnej i wodnej, potrafi wykonywać zadania  poprzez dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
+        <w:t xml:space="preserve">Student potrafi komunikować się na tematy specjalistyczne ze zróżnicowanymi kręgami odbiorców, w tym prowadzić debatę w zakresie problemów właściwych dla inżynierii środowiska. Absolwent ma umiejętność pracy zespołowej, potrafi współpracować z ekspertami o różnych kompetencjach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U19, IS_U05, IS_U11</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi komunikować się na tematy specjalistyczne ze zróżnicowanymi kręgami odbiorców, w tym prowadzić debatę w zakresie problemów właściwych dla inżynierii środowiska. Absolwent ma umiejętność pracy zespołowej, potrafi współpracować z ekspertami o różnych kompetencjach.</w:t>
+        <w:t xml:space="preserve">Potrafi myśleć i działać w sposób przedsiębiorczy, zaobserwowany i utrwalony podczas odbywania praktyki w podmiocie gospodarczym prowadzącym działalność z zakresu inżynierii środowiska - praca w zespole w czasie zadań wykonywanych podczas realizacji praktyki w przedsiębiorstwie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_K04, IS_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi myśleć i działać w sposób przedsiębiorczy, zaobserwowany i utrwalony podczas odbywania praktyki w podmiocie gospodarczym prowadzącym działalność z zakresu inżynierii środowiska - praca w zespole w czasie zadań wykonywanych podczas realizacji praktyki w przedsiębiorstwie.</w:t>
+        <w:t xml:space="preserve">Ma kompetencje krytycznej oceny odbieranych treści oraz świadomość znaczenia wiedzy w rozwiązywaniu problemów poznawczych i praktycznych oraz zasięgania opinii ekspertów w przypadku trudności z samodzielnym rozwiązywaniem problemu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K04, IS_K05</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość odpowiedzialnego pełnienia ról zawodowych z uwzględnieniem zmieniających się potrzeb społecznych, w tym rozwijania dorobku zawodowego oraz przestrzegania i rozwijania zasad etyki zawodowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>