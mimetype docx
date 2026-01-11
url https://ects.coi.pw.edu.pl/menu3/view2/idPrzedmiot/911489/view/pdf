--- v0 (2025-10-30)
+++ v1 (2026-01-11)
@@ -775,701 +775,701 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Oblicza ugięcia i kąty obrotu przekrojów belek metodą analityczną bezpośredniego całkowania równania różniczkowego belki, metodą Clebscha oraz metodą wykreślną. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Oblicza przemieszczenia i kąty obrotu przekrojów belek i ram statycznie wyznaczalnych metodą Maxwella-Mohra. Wykorzystuje metodę Wereszczagina obliczania całek. Rozwiązuje ramy jednokrotnie statycznie niewyznaczalnych metodą sił.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Oblicza podstawowe charakterystyki geometryczne przekrojów; wykorzystując koło Mohra momentów bezwładności - wyznacza kierunki główne i momenty względem osi nachylonych pod dowolnym kątem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Określa nośność i wymiaruje pręty ściskane w zakresie wyboczenia sprężystego i niesprężystego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Oblicza ugięcia i kąty obrotu przekrojów belek metodą analityczną bezpośredniego całkowania równania różniczkowego belki, metodą Clebscha oraz metodą wykreślną. </w:t>
+        <w:t xml:space="preserve">Wykonuje obliczenia wytrzymałościowe i wymiaruje zbiorniki cienkościenne osiowo-symetryczne kuliste i walcowe obciążone ciśnieniowo i parciem cieczy </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Oblicza przemieszczenia i kąty obrotu przekrojów belek i ram statycznie wyznaczalnych metodą Maxwella-Mohra. Wykorzystuje metodę Wereszczagina obliczania całek. Rozwiązuje ramy jednokrotnie statycznie niewyznaczalnych metodą sił.</w:t>
+        <w:t xml:space="preserve">Po zakończonym kursie student nabywa umiejętności rozumienia i opisania stanów naprężenia i odkształcenia elementów wybranych konstrukcji prętowych i zbiorników cienkościennych, niezbędną do zrozumienia zagadnień omawianych na wyższych latach studiów w zakresie: teorii sprężystości i plastyczności, mechaniki budowli, mechaniki płynów, projektowania konstrukcji budowlanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12</w:t>
+        <w:t xml:space="preserve">IS_U13, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Oblicza podstawowe charakterystyki geometryczne przekrojów; wykorzystując koło Mohra momentów bezwładności - wyznacza kierunki główne i momenty względem osi nachylonych pod dowolnym kątem.</w:t>
+        <w:t xml:space="preserve">Student nabywa umiejętności zrozumienia podstaw procesu projektowania konstrukcji inżynierskich rozwijanych na późniejszych latach studiów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12</w:t>
+        <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Określa nośność i wymiaruje pręty ściskane w zakresie wyboczenia sprężystego i niesprężystego. </w:t>
+        <w:t xml:space="preserve">Student potrafi opracować i zaprezentować w odpowiedniej formie wyniki obliczeń inżynierskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08</w:t>
+        <w:t xml:space="preserve">IS_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykonuje obliczenia wytrzymałościowe i wymiaruje zbiorniki cienkościenne osiowo-symetryczne kuliste i walcowe obciążone ciśnieniowo i parciem cieczy </w:t>
+        <w:t xml:space="preserve">Wiedza zdobyta podczas kursu daje studentowi wyobrażenie na temat tematyki i stopnia trudności części przedmiotów realizowanych na specjalnościach ISIW i IW, wpływa w ten sposób na jego decyzję o wyborze przyszłej specjalizacji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Praca domowa, kolokwium</w:t>
+        <w:t xml:space="preserve">Promowanie indywidualnej aktywności na zajęciach, praca domowa, kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08</w:t>
+        <w:t xml:space="preserve">IS_K03, IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...299 lines deleted...]
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania się i podnoszenia kompetencji zawodowych i osobistych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>