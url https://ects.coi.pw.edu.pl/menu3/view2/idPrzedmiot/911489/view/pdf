--- v1 (2026-01-11)
+++ v2 (2026-03-23)
@@ -775,51 +775,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Oblicza ugięcia i kąty obrotu przekrojów belek metodą analityczną bezpośredniego całkowania równania różniczkowego belki, metodą Clebscha oraz metodą wykreślną. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1409,67 +1409,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Promowanie indywidualnej aktywności na zajęciach, praca domowa, kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K03, IS_K01</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania się i podnoszenia kompetencji zawodowych i osobistych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>