--- v0 (2025-10-07)
+++ v1 (2026-02-09)
@@ -996,51 +996,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U04, IS_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wybrać i zastosować odpowiednie materiały na urządzenia i instalacje stosowane w ciepłownictwie lub ogrzewnictwie, lub klimatyzacji, lub gazownictwie, lub systemach wodociągowych i kanalizacyjnych., lub inżynierii wodnej,   lub gospodarki odpadami i oczyszczania terenów zurbanizowanych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>