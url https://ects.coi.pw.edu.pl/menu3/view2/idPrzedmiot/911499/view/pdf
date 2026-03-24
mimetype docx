--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -1066,51 +1066,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność samodzielnego planowania i wykonywania badań eksperymentalnych, realizacji prostych zadań badawczych w systemach ogrzewczych, lub klimatyzacyjnych, lub gazowych, lub systemach zaopatrzenia w wodę i odprowadzania  ścieków., lub inżynierii wodnej, lub gospodarki odpadami oraz rekultywacji terenów zdegradowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>