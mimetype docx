--- v0 (2026-01-14)
+++ v1 (2026-02-09)
@@ -752,67 +752,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia cząstkowe, sprawozdania z wykonanych analiz</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W05, IS_W06, IS_W11</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W11, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna podstawy obliczeń chemicznych stosowanych w analizie ilościowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -838,51 +838,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozpoznaje i definiuje wzajemne relacje zachodzące pomiędzy teoretycznymi i praktycznymi aspektami chemii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -972,207 +972,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja studenta w trakcie wykonywania ćwiczenia, zaliczanie ćwiczenia na podstawie raportu z wykonanego ćwiczenia i uzyskanego wyniku analizy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U17, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U17, IS_U21, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi ocenić przydatność wiedzy chemicznej do rozwiązywania prostych zadań inżynierskich typowych dla inżynierii środowiska</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U17, IS_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">posiada umiejętności interpretacji i ilościowego opisu podstawowych zjawisk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie sprawozdań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U16, IS_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>