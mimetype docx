--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -972,67 +972,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja studenta w trakcie wykonywania ćwiczenia, zaliczanie ćwiczenia na podstawie raportu z wykonanego ćwiczenia i uzyskanego wyniku analizy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U17, IS_U21, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U17, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi ocenić przydatność wiedzy chemicznej do rozwiązywania prostych zadań inżynierskich typowych dla inżynierii środowiska</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1042,67 +1042,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U17, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada umiejętności interpretacji i ilościowego opisu podstawowych zjawisk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>