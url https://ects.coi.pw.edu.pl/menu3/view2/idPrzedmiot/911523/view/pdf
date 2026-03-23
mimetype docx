--- v0 (2026-02-08)
+++ v1 (2026-03-23)
@@ -921,67 +921,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.5*ĆP
 Zaliczenie wykładu: Kolokwium
 Zliczenie ćwiczeń projektowych: Obecność na zajęciach, zaliczenie zadań obliczeniowych"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U20, IS_U21, IS_U04, IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U06, IS_U20, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">02 - Posiada umiejętność interpretacji i krytycznej dyskusji wyników prowadzonych badań, a także jest zdolny do wyciągania wniosków w celu modyfikacji wcześniej przyjętych założeń - Poprawne wykonanie zadań obliczeniowych. Zapoznanie się i prezentacja operatu wodnoprawnego na szczególne korzystanie z wód.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -995,67 +995,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.5*ĆP
 Zaliczenie wykładu: Kolokwium
 Zliczenie ćwiczeń projektowych: Obecność na zajęciach, zaliczenie zadań obliczeniowych"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U06, IS_U20, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U04, IS_U06, IS_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">03 - W oparciu o posiadaną wiedzę z zakresu hydrologii i gospodarki wodnej oraz uzupełniające pomiary terenowe potrafi wyjaśnić istotę konfliktów pomiędzy celami gospodarczymi i środowiskowymi  - Poprawne wykonanie zadań obliczeniowych. Zapoznanie się i prezentacja operatu wodnoprawnego na szczególne korzystanie z wód - Poprawne wykonanie zadań obliczeniowych. Zapoznanie się i prezentacja operatu wodnoprawnego na szczególne korzystanie z wód.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1153,67 +1153,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.5*ĆP
 Zaliczenie wykładu: Kolokwium
 Zliczenie ćwiczeń projektowych: Obecność na zajęciach, zaliczenie zadań obliczeniowych"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K06, IS_K01, IS_K02, IS_K04</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K04, IS_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KO, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">02 - Ma świadomość roli społecznej absolwenta uczelni technicznej, rozumie potrzebę popularyzacji osiągnięć techniki i technologii, w tym w szczególności dotyczących ochrony środowiska oraz podejmuje starania aby przekazać takie informacje i opinie w sposób powszechnie zrozumiały dla odbiorców bez przygotowania technicznego -  Zapoznanie się i prezentacja operatu wodnoprawnego na szczególne korzystanie z wód
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>