--- v0 (2025-10-13)
+++ v1 (2025-12-28)
@@ -992,51 +992,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1353,51 +1353,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prezentacja zespołowa 
 Forma zaliczenia ( stacjonarnie lub zdalnie)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K04</w:t>
+        <w:t xml:space="preserve">IS_K04, IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>