--- v1 (2025-12-28)
+++ v2 (2026-02-09)
@@ -1058,67 +1058,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin (wykład),
 Przygotowanie projektu i obrona (projekt)
 Forma zaliczenia pisemna lub ustna ( stacjonarnie lub zdalnie)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U03, IS_U12, IS_U13, IS_U14, IS_U18, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U18, IS_U21, IS_U03, IS_U12, IS_U13, IS_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia procesowe dla wybranej technologii i dobrać odpowiednie urządzenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1129,67 +1129,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie projektu i obrona (projekt)
 Forma zaliczenia (stacjonarnie lub zdalnie)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U18</w:t>
+        <w:t xml:space="preserve">IS_U18, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna możliwości zagospodarowania produktów ubocznych i odpadowych z poznanych technologii</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1353,51 +1353,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prezentacja zespołowa 
 Forma zaliczenia ( stacjonarnie lub zdalnie)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K04, IS_K01</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>