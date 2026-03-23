--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -1058,67 +1058,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin (wykład),
 Przygotowanie projektu i obrona (projekt)
 Forma zaliczenia pisemna lub ustna ( stacjonarnie lub zdalnie)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U18, IS_U21, IS_U03, IS_U12, IS_U13, IS_U14</w:t>
+        <w:t xml:space="preserve">IS_U03, IS_U12, IS_U13, IS_U14, IS_U18, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia procesowe dla wybranej technologii i dobrać odpowiednie urządzenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1129,51 +1129,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie projektu i obrona (projekt)
 Forma zaliczenia (stacjonarnie lub zdalnie)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U18, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U13, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>