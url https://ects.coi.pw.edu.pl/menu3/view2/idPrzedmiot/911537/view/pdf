--- v0 (2025-12-28)
+++ v1 (2026-01-13)
@@ -848,51 +848,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę z ochrony środowiska gruntowo-wodnego w zakresie wybranych fizycznych, chemicznych i biologicznych technik i metod stosowanych w inżynierii środowiska. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1055,67 +1055,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin w formie pisemnej.
 Przeprowadzenie badań i prezentacja ich wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U12, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność samodzielnego planowania i wykonywania badań eksperymentalnych, realizacji prostych zadań badawczych związanych z ochroną powierzchni ziemi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>