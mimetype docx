--- v1 (2026-01-13)
+++ v2 (2026-02-09)
@@ -984,67 +984,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin w formie pisemnej.
 Przeprowadzenie badań i prezentacja ich wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U10, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_U12, IS_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obliczyć wielkość emisji substancji szkodliwych do środowiska gruntowo-wodnego oraz opisać i ocenić przebieg procesów fizycznych, chemicznych i biologicznych w ochronie powierzchni ziemi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1055,67 +1055,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin w formie pisemnej.
 Przeprowadzenie badań i prezentacja ich wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_U12, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność samodzielnego planowania i wykonywania badań eksperymentalnych, realizacji prostych zadań badawczych związanych z ochroną powierzchni ziemi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>