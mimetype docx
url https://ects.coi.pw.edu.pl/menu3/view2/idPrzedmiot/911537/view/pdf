--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -1000,51 +1000,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U12, IS_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obliczyć wielkość emisji substancji szkodliwych do środowiska gruntowo-wodnego oraz opisać i ocenić przebieg procesów fizycznych, chemicznych i biologicznych w ochronie powierzchni ziemi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>