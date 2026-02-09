--- v0 (2025-10-07)
+++ v1 (2026-02-09)
@@ -809,51 +809,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W11</w:t>
+        <w:t xml:space="preserve">IS_W11, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>