--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -809,51 +809,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W11, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W07, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -906,51 +906,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U06, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić przebieg procesów biologicznych podczas składowania i utylizacji odpadów oraz rekultywacji terenów zdegradowanych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>