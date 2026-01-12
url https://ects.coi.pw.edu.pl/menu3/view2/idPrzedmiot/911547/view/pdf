--- v0 (2025-12-28)
+++ v1 (2026-01-12)
@@ -734,67 +734,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W12, IS_W18</w:t>
+        <w:t xml:space="preserve">IS_W18, IS_W07, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG, I.P6S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">III.P6S_WK, P6U_W, I.P6S_WG.o, III.P7S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka w02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę w zakresie technologii, technik oraz metod stosowanych w inżynierii terenów zurbanizowanych, w zależności od profilu przedsiębiorstwa, w którym odbywana jest praktyka</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -804,67 +804,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W05</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka w03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady gospodarki o obiegu zamkniętym oraz zasady zrównoważonego rozwoju, w szczególności dla terenów zurbanizowanych, zależności od profilu przedsiębiorstwa, w którym odbywa praktyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1094,67 +1094,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U07, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U07, IS_U13, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka k01: </w:t>
       </w:r>
     </w:p>