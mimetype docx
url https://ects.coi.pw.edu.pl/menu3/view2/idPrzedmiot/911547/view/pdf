--- v1 (2026-01-12)
+++ v2 (2026-02-11)
@@ -734,67 +734,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W18, IS_W07, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W12, IS_W18, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WK, P6U_W, I.P6S_WG.o, III.P7S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka w02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę w zakresie technologii, technik oraz metod stosowanych w inżynierii terenów zurbanizowanych, w zależności od profilu przedsiębiorstwa, w którym odbywana jest praktyka</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1024,51 +1024,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U15, IS_U20</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U20, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1094,67 +1094,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U07, IS_U13, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U07, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka k01: </w:t>
       </w:r>
     </w:p>