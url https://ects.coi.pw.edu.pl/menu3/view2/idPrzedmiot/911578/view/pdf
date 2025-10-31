--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -971,51 +971,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczeń projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1043,51 +1043,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczeń projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U21, K_U14, K_U10, K_U08, K_U23</w:t>
+        <w:t xml:space="preserve">K_U23, K_U21, K_U14, K_U10, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>