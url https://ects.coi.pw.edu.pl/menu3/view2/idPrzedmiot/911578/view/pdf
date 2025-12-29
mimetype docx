--- v1 (2025-10-31)
+++ v2 (2025-12-29)
@@ -971,51 +971,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczeń projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U11</w:t>
+        <w:t xml:space="preserve">K_U11, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1114,51 +1114,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów i ćwiczeń projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U24, K_U20, K_U19</w:t>
+        <w:t xml:space="preserve">K_U19, K_U24, K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>