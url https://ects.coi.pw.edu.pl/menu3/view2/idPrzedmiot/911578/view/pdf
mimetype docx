--- v2 (2025-12-29)
+++ v3 (2026-03-22)
@@ -1114,51 +1114,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów i ćwiczeń projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U19, K_U24, K_U20</w:t>
+        <w:t xml:space="preserve">K_U24, K_U20, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>