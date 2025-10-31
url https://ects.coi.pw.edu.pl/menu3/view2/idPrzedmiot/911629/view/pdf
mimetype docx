--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -774,51 +774,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W01, IS_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada uporządkowana wiedzę z matematyki obejmującą rachunek
 różniczkowy i całkowy, algebrę liniową, elementy logiki, algebrę abstrakcyjną, matematykę dyskretną, rachunek prawdopodobieństwa i statystykę matematyczną</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -921,51 +921,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie rysunków projektowych na ćwiczeniach
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U15, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U04, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>