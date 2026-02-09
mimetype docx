--- v1 (2025-10-31)
+++ v2 (2026-02-09)
@@ -774,51 +774,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W01, IS_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada uporządkowana wiedzę z matematyki obejmującą rachunek
 różniczkowy i całkowy, algebrę liniową, elementy logiki, algebrę abstrakcyjną, matematykę dyskretną, rachunek prawdopodobieństwa i statystykę matematyczną</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1082,51 +1082,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>