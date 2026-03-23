--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -921,67 +921,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie rysunków projektowych na ćwiczeniach
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U04, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U15, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UU, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi czytać prasę fachową (także w języku obcym, ) i prowadzić
 proces samokształcenia się</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1082,51 +1082,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>