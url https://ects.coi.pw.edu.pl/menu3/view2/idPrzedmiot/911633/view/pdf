--- v0 (2025-10-06)
+++ v1 (2025-11-02)
@@ -974,51 +974,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi umiejętnie korzystać z niezbędnych źródeł literaturowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>