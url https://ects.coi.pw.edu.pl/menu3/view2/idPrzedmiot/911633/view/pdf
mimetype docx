--- v1 (2025-11-02)
+++ v2 (2025-12-28)
@@ -738,67 +738,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin z wykładu, sprawdzian z zajęć laboratoryjnych, przygotowanie sprawozdań z zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada ogólną wiedzę na temat procesów metabolicznych zachodzących w żywej komórce, w tym sposobów pozyskiwania energii oraz zna przykłady wykorzystania tych procesów w inżynierii i ochronie środowiska</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>