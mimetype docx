--- v2 (2025-12-28)
+++ v3 (2026-02-10)
@@ -738,137 +738,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin z wykładu, sprawdzian z zajęć laboratoryjnych, przygotowanie sprawozdań z zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W05</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada ogólną wiedzę na temat procesów metabolicznych zachodzących w żywej komórce, w tym sposobów pozyskiwania energii oraz zna przykłady wykorzystania tych procesów w inżynierii i ochronie środowiska</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin z wykładu, sprawdzian z zajęć laboratoryjnych, przygotowanie sprawozdań z zajęć </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>