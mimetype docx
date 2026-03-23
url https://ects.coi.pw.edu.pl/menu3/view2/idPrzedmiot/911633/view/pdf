--- v3 (2026-02-10)
+++ v4 (2026-03-23)
@@ -824,51 +824,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05, IS_W06, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -888,67 +888,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdanie z zajęć </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posługuje się poprawnie terminologią i nomenklaturą biologiczną w zakresie inżynierii środowiska </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>