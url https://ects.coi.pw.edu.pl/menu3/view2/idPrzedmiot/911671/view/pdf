--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -1107,51 +1107,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W10, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W10, IS_W12, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>