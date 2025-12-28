--- v1 (2025-11-01)
+++ v2 (2025-12-28)
@@ -967,191 +967,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W12, IS_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat urządzeń do odzysku ciepła w instalacjach wentylacji i klimatyzacji, procesów w nich zachodzących, konstrukcji, zasady działania i stosowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat urządzeń do odzysku ciepła w instalacjach wentylacji i klimatyzacji, procesów w nich zachodzących, konstrukcji, zasady działania i stosowania.</w:t>
+        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat stosowanych filtrów powietrza, ich budowy i zasad stosowania, zna przebieg procesu filtracji powietrza.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">IS_W10, IS_W12, IS_W09</w:t>
+        <w:t xml:space="preserve">IS_W09, IS_W10, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>