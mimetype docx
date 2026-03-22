--- v2 (2025-12-28)
+++ v3 (2026-03-22)
@@ -967,137 +967,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W09, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat urządzeń do odzysku ciepła w instalacjach wentylacji i klimatyzacji, procesów w nich zachodzących, konstrukcji, zasady działania i stosowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W12, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat stosowanych filtrów powietrza, ich budowy i zasad stosowania, zna przebieg procesu filtracji powietrza.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>