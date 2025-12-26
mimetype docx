--- v0 (2025-10-09)
+++ v1 (2025-12-26)
@@ -897,51 +897,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W05 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę z zakresu zasad doboru urządzeń i projektowania instalacji ograniczających emisję zanieczyszczeń gazowych i pyłowych do powietrza atmosferycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -951,67 +951,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W05 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_W10 , B2_W05 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1101,217 +1101,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U14 , B2_U04 , B2_U05 , B2_U06 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posługiwać się oprogramowaniem do obliczeń stanu zanieczyszczenia atmosfery</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, III.P7S_UW.1.o, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się oprogramowaniem do obliczeń stanu zanieczyszczenia atmosfery</w:t>
+        <w:t xml:space="preserve">Potrafi formułować problemy dotyczące przyczyn i skutków zanieczyszczenia powietrza atmosferycznego i konieczności jego ochrony</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U08, B2_U10 , B2_U11 , B2_U14 , B2_U04 , B2_U05 , B2_U06 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_K03 , B2_K04 , B2_K06 , B2_K01 , B2_K02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność pracy w zespole i odpowiedzialności za wykonywane zadania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>