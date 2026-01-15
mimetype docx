--- v1 (2025-12-26)
+++ v2 (2026-01-15)
@@ -951,67 +951,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W10 , B2_W05 </w:t>
+        <w:t xml:space="preserve">B2_W05 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1031,357 +1031,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U14 , B2_U04 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać konieczne do zastosowania technologie ograniczania emisji zanieczyszczeń do atmosfery </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U11 , B2_U14 , B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posługiwać się oprogramowaniem do obliczeń stanu zanieczyszczenia atmosfery</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać konieczne do zastosowania technologie ograniczania emisji zanieczyszczeń do atmosfery </w:t>
+        <w:t xml:space="preserve">Potrafi formułować problemy dotyczące przyczyn i skutków zanieczyszczenia powietrza atmosferycznego i konieczności jego ochrony</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K03 , B2_K04 , B2_K06 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność pracy w zespole i odpowiedzialności za wykonywane zadania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U14 , B2_U04 , B2_U05 , B2_U06 </w:t>
+        <w:t xml:space="preserve">B2_K06 , B2_K01 , B2_K02 , B2_K03 , B2_K04 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">