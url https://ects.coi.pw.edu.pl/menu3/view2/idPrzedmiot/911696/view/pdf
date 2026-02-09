--- v2 (2026-01-15)
+++ v3 (2026-02-09)
@@ -881,507 +881,507 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">B2_W10 , B2_W05 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę z zakresu zasad doboru urządzeń i projektowania instalacji ograniczających emisję zanieczyszczeń gazowych i pyłowych do powietrza atmosferycznego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">B2_W05 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę z zakresu zasad doboru urządzeń i projektowania instalacji ograniczających emisję zanieczyszczeń gazowych i pyłowych do powietrza atmosferycznego</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć emisję gazowych i pyłowych zanieczyszczeń emitowanych do atmosfery przy spalaniu paliw w sektorach przemysłowym i transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U14 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać konieczne do zastosowania technologie ograniczania emisji zanieczyszczeń do atmosfery </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U14 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posługiwać się oprogramowaniem do obliczeń stanu zanieczyszczenia atmosfery</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U08, B2_U10 , B2_U11 , B2_U14 , B2_U04 , B2_U05 , B2_U06 , B2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi formułować problemy dotyczące przyczyn i skutków zanieczyszczenia powietrza atmosferycznego i konieczności jego ochrony</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W05 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K03 , B2_K04 , B2_K06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć emisję gazowych i pyłowych zanieczyszczeń emitowanych do atmosfery przy spalaniu paliw w sektorach przemysłowym i transportu</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność pracy w zespole i odpowiedzialności za wykonywane zadania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U14 , B2_U04 </w:t>
+        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K03 , B2_K04 , B2_K06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.1.o</w:t>
-[...218 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">