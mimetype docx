--- v3 (2026-02-09)
+++ v4 (2026-03-24)
@@ -827,221 +827,291 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W05 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, III.P7S_WK.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę z zakresu obliczania stanu zanieczyszczenia atmosfery</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W05 , B2_W10 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę z zakresu obliczania stanu zanieczyszczenia atmosfery</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę z zakresu zasad doboru urządzeń i projektowania instalacji ograniczających emisję zanieczyszczeń gazowych i pyłowych do powietrza atmosferycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W10 , B2_W05 </w:t>
+        <w:t xml:space="preserve">B2_W05 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o, III.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę z zakresu zasad doboru urządzeń i projektowania instalacji ograniczających emisję zanieczyszczeń gazowych i pyłowych do powietrza atmosferycznego</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć emisję gazowych i pyłowych zanieczyszczeń emitowanych do atmosfery przy spalaniu paliw w sektorach przemysłowym i transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W05 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_U08, B2_U10 , B2_U11 , B2_U14 , B2_U04 , B2_U05 , B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć emisję gazowych i pyłowych zanieczyszczeń emitowanych do atmosfery przy spalaniu paliw w sektorach przemysłowym i transportu</w:t>
+        <w:t xml:space="preserve">Potrafi wskazać konieczne do zastosowania technologie ograniczania emisji zanieczyszczeń do atmosfery </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1060,178 +1130,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać konieczne do zastosowania technologie ograniczania emisji zanieczyszczeń do atmosfery </w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się oprogramowaniem do obliczeń stanu zanieczyszczenia atmosfery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U14 , B2_U04 , B2_U05 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>