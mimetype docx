--- v0 (2025-10-05)
+++ v1 (2025-12-27)
@@ -955,67 +955,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analiza złożonego dziennika praktyk lub rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U05, IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U21, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi w sposób innowacyjny wykonywać zadania z obszaru inżynierii środowiska poprzez właściwy dobór źródeł oraz informacji z nich pochodzących, dokonywanie oceny, krytycznej analizy, syntezy oraz twórczej interpretacji i prezentacji tych informacji, a także wykonywać zadania z obszaru inżynierii środowiska poprzez właściwy dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1095,67 +1095,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analiza złożonego dziennika praktyk lub rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U18, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1245,67 +1245,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analiza złożonego dziennika praktyk lub rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K03, IS_K01</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student jest gotów do  odpowiedzialnego pełnienia ról zawodowych z uwzględnieniem zmieniających się potrzeb społecznych, w tym: rozwijania dorobku zawodowego oraz przestrzegania i rozwijania zasad etyki zawodowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>