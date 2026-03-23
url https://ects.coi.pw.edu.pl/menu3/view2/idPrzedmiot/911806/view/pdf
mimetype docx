--- v1 (2025-12-27)
+++ v2 (2026-03-23)
@@ -891,51 +891,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -955,51 +955,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analiza złożonego dziennika praktyk lub rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U21, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U06, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1095,67 +1095,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analiza złożonego dziennika praktyk lub rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U18</w:t>
+        <w:t xml:space="preserve">IS_U18, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>