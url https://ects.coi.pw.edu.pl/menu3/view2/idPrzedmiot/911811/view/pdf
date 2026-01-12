--- v0 (2026-01-12)
+++ v1 (2026-01-12)
@@ -1404,51 +1404,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UO, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie i w zespole projektować, realizować i eksploatować oraz oceniać elementy systemu wentylacji pożarowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1474,51 +1474,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1538,67 +1538,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K04, IS_K01</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość wagi pozatechnicznych aspektów i skutków działalności inżynierskiej zakresie ochrony przeciwpożarowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>