--- v1 (2026-01-12)
+++ v2 (2026-02-08)
@@ -1474,51 +1474,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>