--- v2 (2026-02-08)
+++ v3 (2026-03-22)
@@ -904,51 +904,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada szczegółową wiedzę z zakresu możliwości korzystania z pakietów oprogramowania przy doborze i eksploatacji oraz sprawdzaniu funkcjonowania systemów wentylacji pożarowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>