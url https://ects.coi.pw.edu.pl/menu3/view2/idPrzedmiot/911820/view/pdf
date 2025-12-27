--- v0 (2025-11-02)
+++ v1 (2025-12-27)
@@ -1033,67 +1033,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach,
 ocena przygotowanej
 prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U20, IS_U21, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U20, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UO, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać analizy SWOT systemu zarządzania środowiskiem w administracji i przedsiębiorstwie </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1187,67 +1187,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach,
 ocena przygotowanej
 prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K04, IS_K05</w:t>
+        <w:t xml:space="preserve">IS_K05, IS_K01, IS_K02, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K, I.P7S_KR, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KO, P7U_K, I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę usprawniania systemów zarządzania środowiskiem tak, aby ograniczać jego zanieczyszczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>