--- v1 (2025-12-27)
+++ v2 (2026-02-09)
@@ -751,51 +751,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W07, IS_W17, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WK, P7U_W, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat przepisów i regulacji prawnych, które mają zastosowanie w zarządzaniu środowiskiem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -807,67 +807,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach,
 ocena przygotowanej
 prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W17, IS_W18</w:t>
+        <w:t xml:space="preserve">IS_W17, IS_W18, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat możliwości finansowania działań związanych z zarządzaniem środowiskiem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1105,67 +1105,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach,
 ocena przygotowanej
 prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U20, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U20, IS_U21, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1187,67 +1187,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca na zajęciach,
 ocena przygotowanej
 prezentacji, ocena projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K05, IS_K01, IS_K02, IS_K04</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K04, IS_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KO, P7U_K, I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę usprawniania systemów zarządzania środowiskiem tak, aby ograniczać jego zanieczyszczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>