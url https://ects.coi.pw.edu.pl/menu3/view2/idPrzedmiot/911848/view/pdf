--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -749,51 +749,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08, IS_W12, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna zasady prowadzenia działalności zakładu, w którym odbywa praktykę i potrafi samodzielnie rozwiązywać zadania o charakterze praktycznym, w zależności od profilu jednostki, w której odbywa praktykę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -873,67 +873,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W17, IS_W18, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W17, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -953,67 +953,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U11, IS_U12, IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U11, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi, przy rozwiązywaniu zadań inżynierskich, dostrzegać ich aspekty praktyczne w obszarze inżynierii wodnej, potrafi wykonywać zadania  poprzez dobór oraz stosowanie właściwych metod i narzędzi, w tym zaawansowanych technik informacyjno-komunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1023,67 +1023,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U08, IS_U11, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U13, IS_U04, IS_U08, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi komunikować się na tematy specjalistyczne ze zróżnicowanymi kręgami odbiorców, w tym prowadzić debatę w zakresie problemów właściwych dla inżynierii wodnej. Student ma umiejętność pracy zespołowej, potrafi współpracować z ekspertami o różnych kompetencjach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1243,67 +1243,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K04</w:t>
+        <w:t xml:space="preserve">IS_K04, IS_K01, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">odpowiedzialnego pełnienia ról zawodowych z uwzględnieniem zmieniających się potrzeb społecznych, w tym: rozwijania dorobku zawodowego oraz przestrzegania i rozwijania zasad etyki zawodowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1313,51 +1313,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K02, IS_K03, IS_K01</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>