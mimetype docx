--- v1 (2026-02-08)
+++ v2 (2026-03-22)
@@ -749,51 +749,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08, IS_W12, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna zasady prowadzenia działalności zakładu, w którym odbywa praktykę i potrafi samodzielnie rozwiązywać zadania o charakterze praktycznym, w zależności od profilu jednostki, w której odbywa praktykę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1023,67 +1023,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U04, IS_U08, IS_U11</w:t>
+        <w:t xml:space="preserve">IS_U11, IS_U13, IS_U04, IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi komunikować się na tematy specjalistyczne ze zróżnicowanymi kręgami odbiorców, w tym prowadzić debatę w zakresie problemów właściwych dla inżynierii wodnej. Student ma umiejętność pracy zespołowej, potrafi współpracować z ekspertami o różnych kompetencjach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1243,67 +1243,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K04, IS_K01, IS_K02</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">odpowiedzialnego pełnienia ról zawodowych z uwzględnieniem zmieniających się potrzeb społecznych, w tym: rozwijania dorobku zawodowego oraz przestrzegania i rozwijania zasad etyki zawodowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>