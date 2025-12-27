--- v0 (2025-10-05)
+++ v1 (2025-12-27)
@@ -957,67 +957,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozmowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U15, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U21, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja informacji w języku obcym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>