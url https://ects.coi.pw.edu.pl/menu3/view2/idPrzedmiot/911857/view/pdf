--- v0 (2025-10-30)
+++ v1 (2025-12-27)
@@ -896,67 +896,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: egzamin pisemny.
 Ćwiczenia: prace domowe w formie samodzielnych projektów cząstkowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U16, IS_U22</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U22, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UU, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -995,51 +995,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest chętny do pracy indywidualnej i zespołowej, zgodnie z zasadami etyki,
 posiadając zdolność do wyrażania ocen popartych obliczeniami
 statystycznymi</w:t>
       </w:r>
     </w:p>
     <w:p>