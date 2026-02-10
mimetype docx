--- v1 (2025-12-27)
+++ v2 (2026-02-10)
@@ -912,51 +912,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16, IS_U22, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UU, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, I.P7S_UU, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>