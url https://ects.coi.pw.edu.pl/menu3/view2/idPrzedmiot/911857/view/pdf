--- v2 (2026-02-10)
+++ v3 (2026-03-24)
@@ -896,67 +896,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: egzamin pisemny.
 Ćwiczenia: prace domowe w formie samodzielnych projektów cząstkowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U22, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, I.P7S_UU, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>