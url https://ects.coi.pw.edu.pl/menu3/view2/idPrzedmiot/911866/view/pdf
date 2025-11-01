--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -760,67 +760,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W13, IS_W03, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W13, IS_W03, IS_W07, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">02 - Posiada wiedzę na temat  zasad zrównoważonego rozwoju oraz strategii, polityki i prawodawstwa w zakresie kształtowania i wykorzystania zasobów wodnych
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -992,67 +992,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U02, IS_U06, IS_U11, IS_U18</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U11, IS_U18, IS_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">02 - Posiada umiejętność samodzielnego planowania i wykonywania badań eksperymentalnych, formułowania i testowania hipotez oraz realizacji  zadań inżynierskich i prostych zadań badawczych związanych z kształtowaniem i wykorzystywaniem zasobów wodnych
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1140,67 +1140,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U02, IS_U06, IS_U11, IS_U18</w:t>
+        <w:t xml:space="preserve">IS_U11, IS_U18, IS_U02, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">04 -Potrafi przeprowadzić analizy symulacyjne związane z transformacją fali powodziowej przez zbiornik retencyjny dla potrzeb przygotowania zaleceń do instrukcji gospodarowania wodą
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1298,67 +1298,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K04, IS_K06, IS_K01, IS_K02</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K04, IS_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KO, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">02 - Ma świadomość roli społecznej absolwenta uczelni technicznej, rozumie potrzebę popularyzacji osiągnięć techniki i technologii, w tym w szczególności dotyczących ochrony środowiska oraz podejmuje starania aby przekazać takie informacje i opinie w sposób powszechnie zrozumiały dla odbiorców bez przygotowania technicznego 
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>