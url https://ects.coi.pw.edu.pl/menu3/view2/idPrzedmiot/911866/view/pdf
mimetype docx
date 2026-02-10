--- v1 (2025-11-01)
+++ v2 (2026-02-10)
@@ -760,67 +760,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W13, IS_W03, IS_W07, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W03, IS_W07, IS_W12, IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">02 - Posiada wiedzę na temat  zasad zrównoważonego rozwoju oraz strategii, polityki i prawodawstwa w zakresie kształtowania i wykorzystania zasobów wodnych
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -908,67 +908,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W03, IS_W07, IS_W12, IS_W13</w:t>
+        <w:t xml:space="preserve">IS_W12, IS_W13, IS_W03, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -992,67 +992,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U11, IS_U18, IS_U02</w:t>
+        <w:t xml:space="preserve">IS_U02, IS_U06, IS_U11, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">02 - Posiada umiejętność samodzielnego planowania i wykonywania badań eksperymentalnych, formułowania i testowania hipotez oraz realizacji  zadań inżynierskich i prostych zadań badawczych związanych z kształtowaniem i wykorzystywaniem zasobów wodnych
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1066,67 +1066,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U02, IS_U06, IS_U11, IS_U18</w:t>
+        <w:t xml:space="preserve">IS_U18, IS_U02, IS_U06, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">03 - Posiada umiejętność interpretacji i krytycznej dyskusji wyników prowadzonych badań, a także jest zdolny do wyciągania wniosków w celu modyfikacji wcześniej przyjętych założeń
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1140,51 +1140,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U11, IS_U18, IS_U02, IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U02, IS_U06, IS_U11, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1214,67 +1214,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U02, IS_U06, IS_U11, IS_U18</w:t>
+        <w:t xml:space="preserve">IS_U18, IS_U02, IS_U06, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>