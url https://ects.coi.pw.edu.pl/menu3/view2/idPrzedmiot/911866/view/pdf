--- v2 (2026-02-10)
+++ v3 (2026-03-24)
@@ -908,67 +908,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W13, IS_W03, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W03, IS_W07, IS_W12, IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -992,51 +992,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U02, IS_U06, IS_U11, IS_U18</w:t>
+        <w:t xml:space="preserve">IS_U11, IS_U18, IS_U02, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1066,67 +1066,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U18, IS_U02, IS_U06, IS_U11</w:t>
+        <w:t xml:space="preserve">IS_U02, IS_U06, IS_U11, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">03 - Posiada umiejętność interpretacji i krytycznej dyskusji wyników prowadzonych badań, a także jest zdolny do wyciągania wniosków w celu modyfikacji wcześniej przyjętych założeń
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1140,51 +1140,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U02, IS_U06, IS_U11, IS_U18</w:t>
+        <w:t xml:space="preserve">IS_U11, IS_U18, IS_U02, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1214,67 +1214,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U18, IS_U02, IS_U06, IS_U11</w:t>
+        <w:t xml:space="preserve">IS_U02, IS_U06, IS_U11, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1298,67 +1298,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu: Kolokwium zaliczeniowe
 Zaliczenie ćwiczeń projektowych:Zaliczenie zadań obliczeniowych, wykonanie i obrona projektu.
  0.5*W + 0.5*P
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K04, IS_K06</w:t>
+        <w:t xml:space="preserve">IS_K04, IS_K06, IS_K01, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KO, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">02 - Ma świadomość roli społecznej absolwenta uczelni technicznej, rozumie potrzebę popularyzacji osiągnięć techniki i technologii, w tym w szczególności dotyczących ochrony środowiska oraz podejmuje starania aby przekazać takie informacje i opinie w sposób powszechnie zrozumiały dla odbiorców bez przygotowania technicznego 
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>