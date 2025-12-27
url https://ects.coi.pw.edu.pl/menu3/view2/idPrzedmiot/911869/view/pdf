--- v0 (2025-10-06)
+++ v1 (2025-12-27)
@@ -768,51 +768,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma szczegółową i podbudowaną teoretycznie wiedzę w zakresie fizycznych, chemicznych i biologicznych zaawansowanych technik oraz metod stosowanych w inżynierii środowiska.
 Posiada rozszerzoną wiedzę i zna trendy rozwojowe z zakresu ochrony środowiska w zakresie chemicznych i biologicznych technik oraz metod stosowanych w oczyszczaniu gleby oraz w rekultywacji terenów zdegradowanych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -824,67 +824,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie pisemnej. 
 Wykonanie i zaliczenie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W11, IS_W05</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada rozszerzoną, podbudowaną teoretycznie wiedzę z chemii i biologii środowiska w tym znajomość nowoczesnych technik stosowanych do pomiaru parametrów jakości gleby.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>