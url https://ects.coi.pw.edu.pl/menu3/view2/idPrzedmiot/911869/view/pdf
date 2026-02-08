--- v1 (2025-12-27)
+++ v2 (2026-02-08)
@@ -768,51 +768,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma szczegółową i podbudowaną teoretycznie wiedzę w zakresie fizycznych, chemicznych i biologicznych zaawansowanych technik oraz metod stosowanych w inżynierii środowiska.
 Posiada rozszerzoną wiedzę i zna trendy rozwojowe z zakresu ochrony środowiska w zakresie chemicznych i biologicznych technik oraz metod stosowanych w oczyszczaniu gleby oraz w rekultywacji terenów zdegradowanych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>