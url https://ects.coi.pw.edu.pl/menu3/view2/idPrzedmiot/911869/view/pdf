--- v2 (2026-02-08)
+++ v3 (2026-03-22)
@@ -1054,51 +1054,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>