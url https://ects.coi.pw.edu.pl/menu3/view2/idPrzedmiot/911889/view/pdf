--- v0 (2025-10-08)
+++ v1 (2025-12-27)
@@ -772,51 +772,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05, IS_W07, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę z zakresu antropogenicznego zanieczyszczenia środowiska - źródeł emisji oraz szkodliwości, mobilności i trwałości zanieczyszczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -826,67 +826,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W11, IS_W05, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W07, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę z zakresu wpływu ścieków na wody powierzchniowe - proces samooczyszczania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -976,51 +976,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U16, IS_U17</w:t>
+        <w:t xml:space="preserve">IS_U17, IS_U01, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1046,67 +1046,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U16, IS_U17</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U17, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>