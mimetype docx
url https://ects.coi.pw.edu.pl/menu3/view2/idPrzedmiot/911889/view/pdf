--- v1 (2025-12-27)
+++ v2 (2026-02-09)
@@ -976,67 +976,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U17, IS_U01, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U17, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać podstawowe badania chemiczne wód</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1046,67 +1046,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U17, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U16, IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>