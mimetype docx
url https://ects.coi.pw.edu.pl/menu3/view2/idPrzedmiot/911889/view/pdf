--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -756,357 +756,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W11, IS_W05, IS_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę z zakresu antropogenicznego zanieczyszczenia środowiska - źródeł emisji oraz szkodliwości, mobilności i trwałości zanieczyszczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W05, IS_W07, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę z zakresu antropogenicznego zanieczyszczenia środowiska - źródeł emisji oraz szkodliwości, mobilności i trwałości zanieczyszczeń</w:t>
+        <w:t xml:space="preserve">Ma wiedzę z zakresu wpływu ścieków na wody powierzchniowe - proces samooczyszczania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W07, IS_W11</w:t>
+        <w:t xml:space="preserve">IS_W07, IS_W11, IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WK, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę z zakresu wpływu ścieków na wody powierzchniowe - proces samooczyszczania</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić stan zanieczyszczenia wód na podstawie jakości i stężeń zanieczyszczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W07, IS_W11</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U16, IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ocenić stan zanieczyszczenia wód na podstawie jakości i stężeń zanieczyszczeń</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać podstawowe badania chemiczne wód</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U17, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U16, IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>