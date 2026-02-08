--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -891,67 +891,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie zadań cząstkowych. Zaliczenie sprawdzianu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U15, IS_U14</w:t>
+        <w:t xml:space="preserve">IS_U14, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady wydawania decyzji administracyjnych w ochronie środowiska lub przygotowywać dokumenty wymagane przy uzgadnianiu projektów z zakresu systemów wodociągowych i kanalizacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1057,51 +1057,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość wagi pozatechnicznych aspektów i skutków działalności inżynierskiej, w tym jej wpływu na środowisko, i związanej z tym odpowiedzialności za podejmowane decyzje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>