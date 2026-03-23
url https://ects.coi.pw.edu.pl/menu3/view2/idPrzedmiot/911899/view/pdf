--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -827,51 +827,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W17, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1057,51 +1057,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość wagi pozatechnicznych aspektów i skutków działalności inżynierskiej, w tym jej wpływu na środowisko, i związanej z tym odpowiedzialności za podejmowane decyzje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>