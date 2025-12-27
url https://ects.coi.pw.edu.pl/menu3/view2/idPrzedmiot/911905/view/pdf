--- v0 (2025-10-30)
+++ v1 (2025-12-27)
@@ -981,271 +981,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zapoznał się z wybranymi metodami pomiaru lepkości cieczy oraz objętościowego natężenia przepływu cieczy w przewodach i kanałach </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obrona sprawozdań z ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zapoznał się z wybranymi metodami pomiaru lepkości cieczy oraz objętościowego natężenia przepływu cieczy w przewodach i kanałach </w:t>
+        <w:t xml:space="preserve">Potrafi pracować samodzielnie studiując wybrane zagadnienia hydrauliki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Obrona sprawozdań z ćwiczeń laboratoryjnych</w:t>
+        <w:t xml:space="preserve">Kolokwium z wykładów, obrona sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi pracować samodzielnie studiując wybrane zagadnienia hydrauliki.</w:t>
+        <w:t xml:space="preserve">Ma świadomość konieczności stałego pogłębiania wiedzy z obszaru praktycznego wykorzystania hydrauliki w zagadnieniach zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładów, obrona sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01, IS_K02, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna odpowiedzialność i skutki pracy zespołowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>