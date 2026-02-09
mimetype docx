--- v1 (2025-12-27)
+++ v2 (2026-02-09)
@@ -981,51 +981,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zapoznał się z wybranymi metodami pomiaru lepkości cieczy oraz objętościowego natężenia przepływu cieczy w przewodach i kanałach </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>