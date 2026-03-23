--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -1115,67 +1115,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładów, obrona sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K03</w:t>
+        <w:t xml:space="preserve">IS_K03, IS_K01, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności stałego pogłębiania wiedzy z obszaru praktycznego wykorzystania hydrauliki w zagadnieniach zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>