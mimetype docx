--- v0 (2025-10-05)
+++ v1 (2025-10-29)
@@ -833,51 +833,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W06, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Zna przebieg procesu powstawania ścieków z pokrywania galwanicznego oraz gospodarkę wodno-ściekowej w zakładzie produkcyjnym. na przykładzie Centrum Naukowo-Produkcyjnym Elektroniki Profesjonalnej „RADWAR” </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -903,51 +903,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna gospodarkę wodno-ściekową w zakładzie produkcyjnym oraz potrafi ocenić kierunki jej modernizacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>