--- v1 (2025-10-29)
+++ v2 (2025-12-27)
@@ -747,67 +747,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> opis i ustna prezentacja procesu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Zna potrzebę i zasadę poboru prób wody w celu kontroli przebiegu procesów jednostkowych i całego układu technologicznego SUW </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -833,51 +833,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W06, IS_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Zna przebieg procesu powstawania ścieków z pokrywania galwanicznego oraz gospodarkę wodno-ściekowej w zakładzie produkcyjnym. na przykładzie Centrum Naukowo-Produkcyjnym Elektroniki Profesjonalnej „RADWAR” </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>