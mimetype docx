--- v2 (2025-12-27)
+++ v3 (2026-02-08)
@@ -747,67 +747,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> opis i ustna prezentacja procesu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Zna potrzebę i zasadę poboru prób wody w celu kontroli przebiegu procesów jednostkowych i całego układu technologicznego SUW </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>