--- v3 (2026-02-08)
+++ v4 (2026-03-23)
@@ -817,51 +817,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">opis procesu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W11</w:t>
+        <w:t xml:space="preserve">IS_W11, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>