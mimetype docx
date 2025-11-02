--- v0 (2025-10-09)
+++ v1 (2025-11-02)
@@ -899,51 +899,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury fachowej, również w języku obcym i przygotować prezentację ustną z zakresu inżynierii środowiska</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>