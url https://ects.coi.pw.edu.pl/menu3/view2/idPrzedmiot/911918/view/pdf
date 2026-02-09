--- v1 (2025-11-02)
+++ v2 (2026-02-09)
@@ -749,51 +749,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada rozszerzoną wiedzę związaną z pozatechnicznymi aspektami wykonanej pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>