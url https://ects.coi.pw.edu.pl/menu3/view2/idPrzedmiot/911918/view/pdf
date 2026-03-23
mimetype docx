--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -749,51 +749,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada rozszerzoną wiedzę związaną z pozatechnicznymi aspektami wykonanej pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -819,51 +819,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>