--- v1 (2025-12-27)
+++ v2 (2026-02-08)
@@ -1031,51 +1031,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U19, K_U10, K_U18</w:t>
+        <w:t xml:space="preserve">K_U10, K_U18, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -1111,51 +1111,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu w grupach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K03, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>