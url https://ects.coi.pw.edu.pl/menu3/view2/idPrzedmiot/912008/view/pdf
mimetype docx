--- v0 (2025-10-06)
+++ v1 (2025-11-05)
@@ -711,120 +711,50 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość reguł tworzenia publikacji naukowych i ich struktury</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę ogólną i w pogłębionym stopniu wiedzę związaną z dziedziną, którą studiuje, znajomość struktur gramatycznych i słownictwa dotyczących rozumienia i tworzenia różnych rodzajów tekstów pisanych i mówionych, formalnych i nieformalnych, zarówno ogólnych jak ze swojej dziedziny oraz wiedzę na temat aktualnych wydarzeń na temat kultury i zwyczajów, panujących w danym obszarze językowym.
 (Opis efektu kształcenia na poziomie B2+ zgodny z uchwałą nr 82/XLIX/2017 Senatu PW z dn. 19.IV.2017)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena prezentacji przygotowanych i przedstawionych w języku obcym, na podstawie lektury wybranych publikacji naukowych w języku obcym.  Ocena udziału w dyskusjach prowadzonych w języku obcym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
@@ -837,57 +767,197 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Znajomość reguł tworzenia publikacji naukowych i ich struktury</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena przeprowadzonej przez studenta analizy tekstu publikacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność rozumienia i analizowania publikacji naukowych, identyfikacji elementów procesu badawczego oraz oceny i syntetycznej prezentacji osiągnięć naukowych </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena prezentacji przygotowanych na podstawie lektury wybranych publikacji. Ocena udziału w dyskusjach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie w pogłębionym stopniu znaczenie głównych wątków przekazu w złożonych tekstach na tematy konkretne i abstrakcyjne, w szczególności w dyskusji na tematy z zakresu swojej specjalności. Potrafi prowadzić rozmowę z rodzimym użytkownikiem danego języka na tyle płynnie i spontanicznie, by nie powodować napięcia u którejkolwiek ze stron.
 Potrafi formułować przejrzyste wypowiedzi ustne i pisemne w szerokim zakresie tematów, wyjaśniać swoje stanowisko, rozważając wady i zalety różnych rozwiązań. 
 (Opis efektu kształcenia na poziomie B2+ zgodny z uchwałą nr 82/XLIX/2017 Senatu PW z dn. 19.IV.2017)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -899,120 +969,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena prezentacji przygotowanych i przedstawionych w języku obcym, na podstawie lektury wybranych publikacji naukowych w języku obcym. Ocena udziału w dyskusjach prowadzonych w języku obcym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>