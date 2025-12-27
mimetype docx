--- v1 (2025-11-05)
+++ v2 (2025-12-27)
@@ -896,51 +896,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena prezentacji przygotowanych na podstawie lektury wybranych publikacji. Ocena udziału w dyskusjach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>