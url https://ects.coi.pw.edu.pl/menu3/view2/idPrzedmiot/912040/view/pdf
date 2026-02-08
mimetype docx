--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -980,51 +980,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W15, IS_W14</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W14, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1340,51 +1340,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U19, IS_U18</w:t>
+        <w:t xml:space="preserve">IS_U18, IS_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -1436,51 +1436,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość zagrożeń, jakie może nieść ze sobą nieprawidłowe działanie inżynierskie </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>