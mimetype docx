--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -996,411 +996,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W15, IS_W14, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju czynników chłodniczych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W15, IS_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat projektowania i doboru elementów sprężarkowych urządzeń chłodniczych stosowanych w klimatyzacji (w tym wymienniki ciepła, rurociągi, zawory rozprężne, chłodziwa, itp.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, Zaliczenie kolokwium, Zaliczenie wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W15, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat kierunków rozwoju czynników chłodniczych</w:t>
+        <w:t xml:space="preserve">Potrafi opisać procesy zachodzące w sprężarkowym urządzeniu chłodniczym oraz pompie ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową wiedzę na temat projektowania i doboru elementów sprężarkowych urządzeń chłodniczych stosowanych w klimatyzacji (w tym wymienniki ciepła, rurociągi, zawory rozprężne, chłodziwa, itp.).</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia cieplne dotyczące sprężarkowych obiegów chłodniczych i pomp ciepła, wykorzystując do tego prawa i wzory z termodynamiki, mechaniki płynów i wymiany ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Projekt, Zaliczenie kolokwium, Zaliczenie wykładów</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opisać procesy zachodzące w sprężarkowym urządzeniu chłodniczym oraz pompie ciepła</w:t>
+        <w:t xml:space="preserve">Potrafi opracować projekt sprężarkowego urządzenia chłodniczego wraz z niezbędnymi załącznikami w postaci wykresów i nomogramów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
+        <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U18, IS_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>