--- v0 (2025-10-07)
+++ v1 (2025-12-27)
@@ -778,411 +778,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę z chemii i biologii środowiska w tym znajomość nowoczesnych technik stosowanych do pomiaru parametrów jakości wody i ścieków.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin z wykładów, Oddanie i obrona ćwiczeń projektowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę z chemii i biologii środowiska w tym znajomość nowoczesnych technik stosowanych do pomiaru parametrów jakości wody i ścieków.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe krajowe i unijne akty prawne dotyczące jakości wody przeznaczonej do spożycia oraz jakości ścieków oczyszczonych odprowadzanych do odbiorników naturalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin z wykładów, Oddanie i obrona ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05</w:t>
+        <w:t xml:space="preserve">IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe krajowe i unijne akty prawne dotyczące jakości wody przeznaczonej do spożycia oraz jakości ścieków oczyszczonych odprowadzanych do odbiorników naturalnych.</w:t>
+        <w:t xml:space="preserve">Potrafi opisać oraz zaprezentować i obronić przyjętą koncepcję własnego rozwiązania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin z wykładów, Oddanie i obrona ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07</w:t>
+        <w:t xml:space="preserve">IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opisać oraz zaprezentować i obronić przyjętą koncepcję własnego rozwiązania.</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać wariantowego doboru urządzeń na podstawie analizy porównawczej ich parametrów technicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin z wykładów, Oddanie i obrona ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dokonać wariantowego doboru urządzeń na podstawie analizy porównawczej ich parametrów technicznych.</w:t>
+        <w:t xml:space="preserve">Potrafi przeanalizować i wykorzystać rolę procesów fizycznych, chemicznych i biologicznych w eksploatacji urządzeń do oczyszczania wody i ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin z wykładów, Oddanie i obrona ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U14</w:t>
+        <w:t xml:space="preserve">IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna poprawną terminologię stosowaną przy opisie procesów zachodzących w urządzeniach do oczyszczania wody i ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>