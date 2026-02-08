--- v1 (2025-12-27)
+++ v2 (2026-02-08)
@@ -778,51 +778,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę z chemii i biologii środowiska w tym znajomość nowoczesnych technik stosowanych do pomiaru parametrów jakości wody i ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1208,51 +1208,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>