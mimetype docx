--- v2 (2026-02-08)
+++ v3 (2026-03-24)
@@ -848,51 +848,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe krajowe i unijne akty prawne dotyczące jakości wody przeznaczonej do spożycia oraz jakości ścieków oczyszczonych odprowadzanych do odbiorników naturalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1208,51 +1208,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>