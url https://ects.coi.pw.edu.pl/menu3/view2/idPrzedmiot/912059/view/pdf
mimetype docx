--- v0 (2025-10-12)
+++ v1 (2026-01-14)
@@ -842,51 +842,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W19, IS_W13, IS_W12, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_W20, IS_W19, IS_W13, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -912,87 +912,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W13, IS_W12, IS_W20, IS_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu racjonalnego dostosowania cieplnego i hydraulicznego istniejącej instalacji centralnego ogrzewania i węzła cieplnego do zmniejszonych ( rzeczywistych ) potrzeb cieplnych poszczególnych pomieszczeń i budynku po jego termorenowacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W20, IS_W19, IS_W13, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu racjonalnego dostosowania cieplnego i hydraulicznego istniejącej instalacji centralnego ogrzewania i węzła cieplnego do zmniejszonych ( rzeczywistych ) potrzeb cieplnych poszczególnych pomieszczeń i budynku po jego termorenowacji</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania  oraz wymagań kryteriów ich oceny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1011,452 +1081,382 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania  oraz wymagań kryteriów ich oceny</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu węzłów cieplnych, stosowanych układów połączeń, ich charakterystyki technicznej i eksploatacyjnej – zna zasady wymiarowania i doboru elementów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W19, IS_W13, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W13, IS_W12, IS_W20, IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu węzłów cieplnych, stosowanych układów połączeń, ich charakterystyki technicznej i eksploatacyjnej – zna zasady wymiarowania i doboru elementów.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą w celu doboru oraz określić charakterystyki techniczne, eksploatacyjne oraz właściwości regulacyjne grzejników konwekcyjnych i płaszczyznowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+        <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W19, IS_W13, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U05, IS_U04, IS_U22, IS_U18, IS_U14, IS_U11, IS_U09, IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UU, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą w celu doboru oraz określić charakterystyki techniczne, eksploatacyjne oraz właściwości regulacyjne grzejników konwekcyjnych i płaszczyznowych</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować ogrzewanie mieszkaniowe wodne w układzie poziomym: konwekcyjne i podłogowe oraz ogrzewanie płaszczyznowe elektryczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U08, IS_U06, IS_U05, IS_U04, IS_U22, IS_U18, IS_U14, IS_U11, IS_U09</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U22, IS_U18, IS_U14, IS_U11, IS_U08, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UU, I.P7S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UU, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować ogrzewanie mieszkaniowe wodne w układzie poziomym: konwekcyjne i podłogowe oraz ogrzewanie płaszczyznowe elektryczne.</w:t>
+        <w:t xml:space="preserve">Potrafi przeanalizować i ocenić warunki działania oraz obliczyć parametry eksploatacyjne pracy węzła cieplnego w warunkach obliczeniowych I w okresie przejściowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U04, IS_U22, IS_U18, IS_U14, IS_U11, IS_U08</w:t>
+        <w:t xml:space="preserve">IS_U18, IS_U11, IS_U06, IS_U05, IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UU, I.P7S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeanalizować i ocenić warunki działania oraz obliczyć parametry eksploatacyjne pracy węzła cieplnego w warunkach obliczeniowych I w okresie przejściowym</w:t>
+        <w:t xml:space="preserve">Opracowanie racjonalnego wykresu regulacyjnego dla budynków energooszczędnych i istniejących, ocieplonych po dostosowaniu do rzeczywistych potrzeb cieplnych budynku instalacji ogrzewczej, efekty techniczne i energetyczne tych działań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U18, IS_U11, IS_U06, IS_U05, IS_U04</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">IS_U06, IS_U05, IS_U04, IS_U09, IS_U08</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U04, IS_U09, IS_U08, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>