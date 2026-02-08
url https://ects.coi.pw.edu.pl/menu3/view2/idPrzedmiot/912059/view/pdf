--- v1 (2026-01-14)
+++ v2 (2026-02-08)
@@ -772,691 +772,691 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W19, IS_W15, IS_W13, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W19, IS_W15, IS_W13, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania, budowy instalacji centralnego ogrzewania, węzłów cieplnych jedno i wielofunkcyjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W20, IS_W19, IS_W13, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania, budowy instalacji centralnego ogrzewania, węzłów cieplnych jedno i wielofunkcyjnych</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania racjonalnych warunków eksploatacji ogrzewań konwekcyjnych i płaszczyznowych, węzłów cieplnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W12, IS_W20, IS_W19, IS_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu racjonalnego dostosowania cieplnego i hydraulicznego istniejącej instalacji centralnego ogrzewania i węzła cieplnego do zmniejszonych ( rzeczywistych ) potrzeb cieplnych poszczególnych pomieszczeń i budynku po jego termorenowacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W20, IS_W19, IS_W13, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania racjonalnych warunków eksploatacji ogrzewań konwekcyjnych i płaszczyznowych, węzłów cieplnych.</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania  oraz wymagań kryteriów ich oceny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W13, IS_W12, IS_W20, IS_W19</w:t>
+        <w:t xml:space="preserve">IS_W20, IS_W19, IS_W13, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu racjonalnego dostosowania cieplnego i hydraulicznego istniejącej instalacji centralnego ogrzewania i węzła cieplnego do zmniejszonych ( rzeczywistych ) potrzeb cieplnych poszczególnych pomieszczeń i budynku po jego termorenowacji</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu węzłów cieplnych, stosowanych układów połączeń, ich charakterystyki technicznej i eksploatacyjnej – zna zasady wymiarowania i doboru elementów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W19, IS_W13, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W12, IS_W20, IS_W19, IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania  oraz wymagań kryteriów ich oceny</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą w celu doboru oraz określić charakterystyki techniczne, eksploatacyjne oraz właściwości regulacyjne grzejników konwekcyjnych i płaszczyznowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+        <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W19, IS_W13, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U04, IS_U22, IS_U18, IS_U14, IS_U11, IS_U09, IS_U08, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UU, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu węzłów cieplnych, stosowanych układów połączeń, ich charakterystyki technicznej i eksploatacyjnej – zna zasady wymiarowania i doboru elementów.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować ogrzewanie mieszkaniowe wodne w układzie poziomym: konwekcyjne i podłogowe oraz ogrzewanie płaszczyznowe elektryczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W13, IS_W12, IS_W20, IS_W19</w:t>
+        <w:t xml:space="preserve">IS_U22, IS_U18, IS_U14, IS_U11, IS_U08, IS_U05, IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU, III.P7S_UW.o, I.P7S_UW.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą w celu doboru oraz określić charakterystyki techniczne, eksploatacyjne oraz właściwości regulacyjne grzejników konwekcyjnych i płaszczyznowych</w:t>
+        <w:t xml:space="preserve">Potrafi przeanalizować i ocenić warunki działania oraz obliczyć parametry eksploatacyjne pracy węzła cieplnego w warunkach obliczeniowych I w okresie przejściowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U05, IS_U04, IS_U22, IS_U18, IS_U14, IS_U11, IS_U09, IS_U08</w:t>
+        <w:t xml:space="preserve">IS_U18, IS_U11, IS_U06, IS_U05, IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UU, I.P7S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować ogrzewanie mieszkaniowe wodne w układzie poziomym: konwekcyjne i podłogowe oraz ogrzewanie płaszczyznowe elektryczne.</w:t>
+        <w:t xml:space="preserve">Opracowanie racjonalnego wykresu regulacyjnego dla budynków energooszczędnych i istniejących, ocieplonych po dostosowaniu do rzeczywistych potrzeb cieplnych budynku instalacji ogrzewczej, efekty techniczne i energetyczne tych działań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U22, IS_U18, IS_U14, IS_U11, IS_U08, IS_U05</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">IS_U05, IS_U04, IS_U09, IS_U08, IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U09, IS_U08, IS_U06, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>