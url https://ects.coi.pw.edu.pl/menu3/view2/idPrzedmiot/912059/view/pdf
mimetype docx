--- v2 (2026-02-08)
+++ v3 (2026-03-25)
@@ -772,87 +772,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W19, IS_W15, IS_W13, IS_W12, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_W20, IS_W19, IS_W15, IS_W13, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania, budowy instalacji centralnego ogrzewania, węzłów cieplnych jedno i wielofunkcyjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W20, IS_W19, IS_W13, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania racjonalnych warunków eksploatacji ogrzewań konwekcyjnych i płaszczyznowych, węzłów cieplnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W19, IS_W13, IS_W12, IS_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania, budowy instalacji centralnego ogrzewania, węzłów cieplnych jedno i wielofunkcyjnych</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu racjonalnego dostosowania cieplnego i hydraulicznego istniejącej instalacji centralnego ogrzewania i węzła cieplnego do zmniejszonych ( rzeczywistych ) potrzeb cieplnych poszczególnych pomieszczeń i budynku po jego termorenowacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -871,592 +1011,452 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu, modelowania, projektowania racjonalnych warunków eksploatacji ogrzewań konwekcyjnych i płaszczyznowych, węzłów cieplnych.</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania  oraz wymagań kryteriów ich oceny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W20, IS_W19, IS_W13</w:t>
+        <w:t xml:space="preserve">IS_W20, IS_W19, IS_W13, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu racjonalnego dostosowania cieplnego i hydraulicznego istniejącej instalacji centralnego ogrzewania i węzła cieplnego do zmniejszonych ( rzeczywistych ) potrzeb cieplnych poszczególnych pomieszczeń i budynku po jego termorenowacji</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu węzłów cieplnych, stosowanych układów połączeń, ich charakterystyki technicznej i eksploatacyjnej – zna zasady wymiarowania i doboru elementów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W20, IS_W19, IS_W13, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania  oraz wymagań kryteriów ich oceny</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą w celu doboru oraz określić charakterystyki techniczne, eksploatacyjne oraz właściwości regulacyjne grzejników konwekcyjnych i płaszczyznowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+        <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W19, IS_W13, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_U08, IS_U06, IS_U05, IS_U04, IS_U22, IS_U18, IS_U14, IS_U11, IS_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UU, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu węzłów cieplnych, stosowanych układów połączeń, ich charakterystyki technicznej i eksploatacyjnej – zna zasady wymiarowania i doboru elementów.</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować ogrzewanie mieszkaniowe wodne w układzie poziomym: konwekcyjne i podłogowe oraz ogrzewanie płaszczyznowe elektryczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W20, IS_W19, IS_W13</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U04, IS_U22, IS_U18, IS_U14, IS_U11, IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UU, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą w celu doboru oraz określić charakterystyki techniczne, eksploatacyjne oraz właściwości regulacyjne grzejników konwekcyjnych i płaszczyznowych</w:t>
+        <w:t xml:space="preserve">Potrafi przeanalizować i ocenić warunki działania oraz obliczyć parametry eksploatacyjne pracy węzła cieplnego w warunkach obliczeniowych I w okresie przejściowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U04, IS_U22, IS_U18, IS_U14, IS_U11, IS_U09, IS_U08, IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U18, IS_U11, IS_U06, IS_U05, IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UU, I.P7S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować ogrzewanie mieszkaniowe wodne w układzie poziomym: konwekcyjne i podłogowe oraz ogrzewanie płaszczyznowe elektryczne.</w:t>
+        <w:t xml:space="preserve">Opracowanie racjonalnego wykresu regulacyjnego dla budynków energooszczędnych i istniejących, ocieplonych po dostosowaniu do rzeczywistych potrzeb cieplnych budynku instalacji ogrzewczej, efekty techniczne i energetyczne tych działań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U22, IS_U18, IS_U14, IS_U11, IS_U08, IS_U05, IS_U04</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">IS_U04, IS_U09, IS_U08, IS_U06, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U05, IS_U04, IS_U09, IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>