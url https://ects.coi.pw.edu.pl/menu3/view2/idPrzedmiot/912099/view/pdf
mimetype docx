--- v0 (2025-11-02)
+++ v1 (2025-12-29)
@@ -1334,51 +1334,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04, K_U09</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U04, K_U09, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>