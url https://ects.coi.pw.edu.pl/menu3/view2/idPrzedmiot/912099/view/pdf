--- v1 (2025-12-29)
+++ v2 (2026-01-26)
@@ -1264,51 +1264,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U09</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U09, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1334,51 +1334,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U04, K_U09, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>