--- v2 (2026-01-26)
+++ v3 (2026-03-23)
@@ -1124,191 +1124,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U09, K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0207_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zamodelować (w danym systemie 3D CAD) powierzchnie NURBS połączone ze sobą wg: ciągłości geometrii (G0), ciągłości styczności (G1) i ciągłości krzywizny (G2).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0207_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić analizy technologiczności kształtu brył za pomocą narzędzi w danym systemie 3D CAD i 3D CAM oraz umie opracować program obróbki zgrubnej (objętościowej) dla frezowania na obrabiarkach CNC frezami palcowymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena zadania wykonywanego przez studenta w trakcie ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U09</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">K_U03, K_U04, K_U09, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>