--- v0 (2025-11-01)
+++ v1 (2026-03-23)
@@ -1165,51 +1165,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na egzaminie i kolokwiach w formie odpowiedzi pisemnej. Student wykonuje samodzielnie zadania na zajęciach laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U08, K_U10, K_U12</w:t>
+        <w:t xml:space="preserve">K_U08, K_U10, K_U12, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1235,51 +1235,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na egzaminie i kolokwiach w formie odpowiedzi pisemnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U16, K_U15</w:t>
+        <w:t xml:space="preserve">K_U15, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>