--- v0 (2025-11-02)
+++ v1 (2026-01-15)
@@ -807,51 +807,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W11, K_W16, K_W17, K_W19, K_W20</w:t>
+        <w:t xml:space="preserve">K_W19, K_W20, K_W05, K_W11, K_W16, K_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>