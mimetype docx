--- v1 (2026-01-15)
+++ v2 (2026-03-23)
@@ -737,51 +737,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W09, K_W11, K_W16, K_W17, K_W19</w:t>
+        <w:t xml:space="preserve">K_W16, K_W17, K_W19, K_W05, K_W09, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -807,51 +807,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W19, K_W20, K_W05, K_W11, K_W16, K_W17</w:t>
+        <w:t xml:space="preserve">K_W05, K_W11, K_W16, K_W17, K_W19, K_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>