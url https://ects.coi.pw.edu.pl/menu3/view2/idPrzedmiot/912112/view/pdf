--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -833,51 +833,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W19, K_W20</w:t>
+        <w:t xml:space="preserve">K_W20, K_W08, K_W09, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>