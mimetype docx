--- v1 (2025-12-20)
+++ v2 (2026-01-26)
@@ -763,51 +763,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W05</w:t>
+        <w:t xml:space="preserve">K_W05, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -833,51 +833,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W20, K_W08, K_W09, K_W19</w:t>
+        <w:t xml:space="preserve">K_W08, K_W09, K_W19, K_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>