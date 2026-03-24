--- v2 (2026-01-26)
+++ v3 (2026-03-24)
@@ -763,51 +763,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -984,51 +984,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>